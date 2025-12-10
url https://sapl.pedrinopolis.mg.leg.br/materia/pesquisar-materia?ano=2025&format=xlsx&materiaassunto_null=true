--- v0 (2025-10-19)
+++ v1 (2025-12-10)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="240" uniqueCount="106">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="328" uniqueCount="167">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -69,297 +69,480 @@
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Robson</t>
   </si>
   <si>
     <t>https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/356/indicacao_001.2025_-_guarita_de_onibus_-_robson.pdf</t>
   </si>
   <si>
     <t>Que estude a viabilidade de instalar guarita para ônibus, no Bairro Dr. Hélio Carneiro, principalmente na entrada do Bairro onde liga a LMG 782.</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Hyago</t>
   </si>
   <si>
+    <t>https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/359/indicacao_002.2025_-_instalacao_de_bueiros_na_rua_remi_honorato.pdf</t>
+  </si>
+  <si>
+    <t>Instalação de um bueiro para captação de água pluvial, bem como a implantação da rede pluvial necessária para o correto escoamento das águas até a rede já existente que direciona a água ao córrego, especificamente na rua Remi Honorato Luzia.</t>
+  </si>
+  <si>
+    <t>360</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/360/indicacao_003.2025_-_instalacao_de_guaritas_em_pontos_estrategicos_da_cidade.pdf</t>
+  </si>
+  <si>
+    <t>Instalação de guaritas/coberturas em pontos estratégicos da cidade para abrigar estudantes e trabalhadores durante a espera pelo transporte, especialmente nos locais onde há circulação de ônibus escolares e ônibus de empresas.</t>
+  </si>
+  <si>
+    <t>361</t>
+  </si>
+  <si>
+    <t>4</t>
+  </si>
+  <si>
+    <t>https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/361/indicacao_004.2025_-_instalacao_de_quebra-molas_na_rua_joao_lucio.pdf</t>
+  </si>
+  <si>
+    <t>Instalação de passarelas elevadas (quebra-molas) na Rua João Lúcio, neste município próximo aos números 150, 288, 860 e 1030.</t>
+  </si>
+  <si>
+    <t>377</t>
+  </si>
+  <si>
+    <t>5</t>
+  </si>
+  <si>
+    <t>Laura</t>
+  </si>
+  <si>
+    <t>https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/377/indicacao_005.2025_-melhoria_pca_francisco_gomes_e_quebra-molas.pdf</t>
+  </si>
+  <si>
+    <t>Melhorias na Praça Francisco Gomes Pereira, com Instalação de um bebedouro e colocação de alguns bancos com encosto, e a construção de um quebra-molas, na Rua Vital Epifane, em frente ao número 88, paralelo à Praça Francisco Gomes Pereira.</t>
+  </si>
+  <si>
+    <t>378</t>
+  </si>
+  <si>
+    <t>6</t>
+  </si>
+  <si>
+    <t>https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/378/indicacao_006.2025_-_sistema_gratuito_de_monitoramento_diabetes.pdf</t>
+  </si>
+  <si>
+    <t>Institui o Programa Municipal de distribuição gratuita de Sistema de Monitoramento Contínuo de Glicose para pacientes com Diabetes Mellitus - Tipo 1, no Município Pedrinópolis/MG.</t>
+  </si>
+  <si>
+    <t>384</t>
+  </si>
+  <si>
+    <t>7</t>
+  </si>
+  <si>
+    <t>Jovino</t>
+  </si>
+  <si>
+    <t>https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/384/indicacao_007.2025_-_alteracao_de_nome_de_cargos_monitora_escolar.pdf</t>
+  </si>
+  <si>
+    <t>Estude a viabilidade de reavaliação imediata e a regularização contratual dos servidores que, embora nomeados como Auxiliares de Serviços Gerais (ASG) na área de Educação, exercem, de fato, as funções de Monitor(a) Escolar (Auxiliar de Sala) e Monitor(a) de Transporte Escolar.</t>
+  </si>
+  <si>
+    <t>387</t>
+  </si>
+  <si>
+    <t>8</t>
+  </si>
+  <si>
+    <t>Vildérico</t>
+  </si>
+  <si>
     <t>https://sapl.pedrinopolis.mg.leg.br/media/</t>
   </si>
   <si>
-    <t>Instalação de um bueiro para captação de água pluvial, bem como a implantação da rede pluvial necessária para o correto escoamento das águas até a rede já existente que direciona a água ao córrego, especificamente na rua Remi Honorato Luzia.</t>
-[...38 lines deleted...]
-    <t>Institui o Programa Municipal de distribuição gratuita de Sistema de Monitoramento Contínuo de Glicose para pacientes com Diabetes Mellitus - Tipo 1, no Município Pedrinópolis/MG.</t>
+    <t>Que estude a viabilidade de realizar a reforma ou, se necessário, a construção de novas pontes nos seguintes locais: (i) Ponte na estrada com sentido ao lixão e canil municipal e (ii)Ponte localizada na estrada próxima à empresa Ico Cereais.</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Mesa Diretora - MD</t>
   </si>
   <si>
+    <t>https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/369/projeto_de_decreto_legislativo_001.2025.pdf</t>
+  </si>
+  <si>
     <t>APROVA AS CONTAS DA PREFEITURA MUNICIPAL DE PEDRINÓPOLIS REFERENTE AO EXERCÍCIO DE 2022 NA FORMA QUE ESPECIFICA.</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
+    <t>https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/370/projeto_de_decreto_legislativo_002.2025.pdf</t>
+  </si>
+  <si>
     <t>APROVA AS CONTAS DA PREFEITURA MUNICIPAL DE PEDRINÓPOLIS REFERENTE AO EXERCÍCIO DE 2023 NA FORMA QUE ESPECIFICA.</t>
   </si>
   <si>
+    <t>381</t>
+  </si>
+  <si>
+    <t>Comissão de Finanças e Orçamento</t>
+  </si>
+  <si>
+    <t>https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/381/projeto_de_decreto_legislativo_003.2025_-_arova_contas_da_prefeitura_municipal_de_2021.pdf</t>
+  </si>
+  <si>
+    <t>APROVA AS CONTAS DA PREFEITURA MUNICIPAL DE PEDRINÓPOLIS REFERENTE AO EXERCÍCIO DE 2021 NA FORMA QUE  ESPECIFICA.</t>
+  </si>
+  <si>
     <t>357</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Câmara Municipal de Pedrinópolis - CMP</t>
   </si>
   <si>
+    <t>https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/357/projeto_de_lei_complementar_001.2025_-_altera_cargos_servidores_da_camara.pdf</t>
+  </si>
+  <si>
     <t>ALTERA A LEI COMPLEMENTAR N.º 783, DE 29 DE NOVEMBRO DE 2007 QUE “DISPÕE SOBRE A POLÍTICA DE PESSOAL DOS SERVIDORES PÚBLICOS DA CÂMARA MUNICIPAL DE PEDRINÓPOLIS E DÁ OUTRAS PROVIDÊNCIAS”</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
     <t>Poder Executivo</t>
   </si>
   <si>
+    <t>https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/364/projeto_de_lei_complementar_002.2025_-_altera_lc_903_direitos_das_crianca_e_do_adolescente.pdf</t>
+  </si>
+  <si>
     <t>Altera disposições da Lei Complementar nº 903 de 14 de Abril de 2015 que estabelece novos parâmetros relativos a Política Municipal dos Direitos da Criança e do Adolescente e dá outras providências na forma que específica.</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
+    <t>https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/374/projeto_de_lei_complementar_003.2025_-_politica_municipal_de_atendimento_aos_direitos_da_crianca_e_do_adolescente.pdf</t>
+  </si>
+  <si>
     <t>Dispõe sobre a Política Municipal de Atendimento aos Direitos da Criança e do Adolescente e dá outras providências</t>
   </si>
   <si>
+    <t>388</t>
+  </si>
+  <si>
+    <t>https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/388/projeto_de_lei_complementar_n._04_de_03_de_dezembro_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>Reorganiza o Regime Próprio de Previdência Social dos Servidores Públicos do Município de Pedrinópolis /MG - PEDRI PREV e dá outras providências.</t>
+  </si>
+  <si>
+    <t>389</t>
+  </si>
+  <si>
+    <t>https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/389/projeto_de_lei_complementar_no_05_de_03_de_dezembro_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre o Estatuto dos Servidores Públicos do Município de Pedrinópolis e institui o Regime Jurídico dos Servidores Públicos da Administração Direta, Autárquica e Fundacional dos Poderes Executivo e Legislativo do Município de Pedrinópolis e dá outras providências.</t>
+  </si>
+  <si>
+    <t>390</t>
+  </si>
+  <si>
+    <t>https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/390/projeto_de_lei_complementar_no_06_de_03_de_dezembro_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a Estrutura Administrativa da Prefeitura Municipal de Pedrinópolis, revoga dispositivos da Lei nº 934/2017 e dá outras providências.</t>
+  </si>
+  <si>
+    <t>391</t>
+  </si>
+  <si>
+    <t>https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/391/projeto_de_lei_complementar_no_07_de_03_de_dezembro_de_2025.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe a Criação de Vagas de Médico ESF no Município de Pedrinópolis e dá outras providências.</t>
+  </si>
+  <si>
     <t>352</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/352/projeto_de_lei_01_institui_o_fundo_municipal_de_saneamento_basico__fmsb_e_cria_o_conselho_gestor.pdf</t>
   </si>
   <si>
     <t>Institui o Fundo Municipal de Saneamento Básico – FMSB e cria o Conselho Gestor</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
     <t>Mateus</t>
   </si>
   <si>
+    <t>https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/353/projeto_de_lei_002.2025_-_colar_girassol_-_vereadores_robson_e_mateus.pdf</t>
+  </si>
+  <si>
     <t>INSTITUI O USO DO COLAR DE GIRASSOL COMO INSTRUMENTO AUXILIAR DE ORIENTAÇÃO DAS PESSOAS COM DEFICIÊNCIAS OCULTAS NO MUNICÍPIO DE PEDRINÓPOLIS- MG E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
+    <t>https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/355/projeto_de_lei_003.2025_-_cria_cargos_e_atribuicoes.pdf</t>
+  </si>
+  <si>
     <t>Altera Lei Municipal nº 510, de 18 de julho de 1990, para criar cargos e atribuições e dá outras providências.</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
+    <t>https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/358/projeto_de_lei_004.2025_-_institui_o_programa_minha_casa_minha_vida_no_ambito_do_municipio_protocolado.pdf</t>
+  </si>
+  <si>
     <t>Institui o Programa Habitacional Minha Casa, Minha Vida Cidades no âmbito do Município de Pedrinópolis-MG e dá outras providências.</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
     <t>Dispõe sobre a revogação de isenção fiscal concedida à Companhia de Saneamento de Minas Gerais – COPASA nos termos da Lei Municipal nº 268, de 26 de junho de 1975, e dá outras providências.</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
+    <t>https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/363/projeto_de_lei_006.2025_-_altera_o_valor_do_vale_alimentacao.pdf</t>
+  </si>
+  <si>
     <t>Altera o valor do vale alimentação, instituído pela Lei Municipal nº 1075 de 20 de dezembro de 2023.</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
-    <t>7</t>
+    <t>https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/365/projeto_de_lei_007.2025_-_diretrizes_orcamentarias_2026_-_protocolado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes para a elaboração da Lei Orçamentária para o Exercício de 2026, e dá outras providências.</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
-    <t>8</t>
+    <t>https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/366/projeto_de_lei_008.2025_-_denomina_unidade_basica_de_saude_ubs.pdf</t>
   </si>
   <si>
     <t>Denomina Unidade Básica de Saúde - UBS e contém outras providências.</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Denomina a Avenida Comercial do Valle localizada no Loteamento Residencial do Valle e contém outras providências.</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
+    <t>https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/368/projeto_de_lei_010.2025_-_intitui_calendario_oficial_projeto_aos_nossos_olhos.pdf</t>
+  </si>
+  <si>
     <t>INSTITUI E INCLUI NO CALENDÁRIO OFICIAL DE DATAS E EVENTOS DO MUNICÍPIO DE PEDRINÓPOLIS O “PROJETO AOS NOSSOS OLHOS – EDUCAÇÃO INCLUSIVA”, VOLTADO À CONSCIENTIZAÇÃO SOBRE O TRANSTORNO DO ESPECTRO AUTISTA (TEA), E DA NEURODIVERSIDADE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
+    <t>https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/371/projeto_de_lei_011.2025_-_ratifica_mudancas_contrato_e_estatuto_cistrisul.pdf</t>
+  </si>
+  <si>
     <t>Ratifica as alterações promovidas no Contrato de Consórcio Público e Estatuto do Consórcio Público Intermunicipal de Saúde da Rede de Urgência e Emergência da Macrorregião do Triângulo do Sul - Cistrisul e dá outras providências.</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
+    <t>https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/372/projeto_de_lei_012.2025_-_criacao_da_ouvidoria_municipal.pdf</t>
+  </si>
+  <si>
     <t>Dispõe sobre a criação da Ouvidoria Municipal de Pedrinópolis e dá outras providências.</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
+    <t>https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/373/projeto_de_lei_013.2025_-_subvencao_social_a_entidade_religiosa_da_capela_dos_inacios.pdf</t>
+  </si>
+  <si>
     <t>Autoriza o Poder Executivo Municipal a conceder subvenção social a Entidade Religiosa para a reconstrução da Capela dos Inácios, e dá outras providências.</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
+    <t>https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/375/projeto_de_lei_014.2025_-_contratacao_por_tempo_determinado.pdf</t>
+  </si>
+  <si>
     <t>Dispõe sobre a contratação por tempo determinado para atender à necessidade temporária de excepcional Interesse Público, nos termos do art. 37, IX da Constituição Federal.</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
+    <t>https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/376/projeto_de_lei_015.2025_-_institui_trabalho_remoto_e_hibrido.pdf</t>
+  </si>
+  <si>
     <t>Institui os regimes de Trabalho Remoto e de Trabalho Híbrido dos Servidores Públicos do Poder Executivo e dá outras providências.</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/379/projeto_de_lei_016.2025_-_plano_plurianual_2026_a_2029_protocolado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Plano Plurianual de governo do Município de Pedrinópolis, para o Quadriênio de 2026/2029 e dá outras Providências.</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
     <t>https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/380/projeto_de_lei__017.2025_-_lei_orcamentaria_-_2026.pdf</t>
   </si>
   <si>
     <t>Estima a Receita e fixa a Despesa do Município de Pedrinópolis para o Exercício de 2026, na forma que especifica e dá outras providências.</t>
+  </si>
+  <si>
+    <t>382</t>
+  </si>
+  <si>
+    <t>18</t>
+  </si>
+  <si>
+    <t>https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/382/projeto_de_lei_018.2025_-_politica_municipal_de_habitacao_de_interesse_social_protocolado.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre a Política Municipal de Habitação de Interesse Social (PMHIS) do Município de Pedrinópolis, cria o Conselho Municipal de Habitação (CMH) e o Fundo Municipal de Habitação de Interesse Social (FMHIS), e dá outras providências.”</t>
+  </si>
+  <si>
+    <t>383</t>
+  </si>
+  <si>
+    <t>19</t>
+  </si>
+  <si>
+    <t>https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/383/projeto_de_lei_019.2025_-_institui_o_servico_de_protecao_social_a_adolescentes_em_cumprimento_de_medida_socioeducativa_protocolado.pdf</t>
+  </si>
+  <si>
+    <t>Institui o Serviço de Proteção Social a adolescentes em cumprimento de medida socioeducativa em meio aberto de liberdade assistida e de prestação de serviços à comunidade no Município de Pedrinópolis e dá outras providências.</t>
+  </si>
+  <si>
+    <t>385</t>
+  </si>
+  <si>
+    <t>20</t>
+  </si>
+  <si>
+    <t>https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/385/projeto_de_lei_020.2025_-_cria_conselho_municipal_de_esportes.pdf</t>
+  </si>
+  <si>
+    <t>Cria o Conselho Municipal de Esporte e dá outras providências.</t>
+  </si>
+  <si>
+    <t>386</t>
+  </si>
+  <si>
+    <t>21</t>
+  </si>
+  <si>
+    <t>https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/386/projeto_de_lei_021.2025_-_disciplina_a_cessao_de_servidores_publicos_municipais.pdf</t>
+  </si>
+  <si>
+    <t>Disciplina a cessão de servidores públicos municipais nos casos que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
     <t>PELO</t>
   </si>
   <si>
     <t>Projeto de Emenda Lei Orgânica</t>
   </si>
   <si>
     <t>Estabelece regras do Regime Próprio de Previdência Social do Município de Pedrinópolis com base nas alterações propostas pela Emenda à Constituição Federal nº 103, de 12 de novembro de 2019 e dá outras providências.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
@@ -675,68 +858,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/356/indicacao_001.2025_-_guarita_de_onibus_-_robson.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/352/projeto_de_lei_01_institui_o_fundo_municipal_de_saneamento_basico__fmsb_e_cria_o_conselho_gestor.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/379/projeto_de_lei_016.2025_-_plano_plurianual_2026_a_2029_protocolado.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/380/projeto_de_lei__017.2025_-_lei_orcamentaria_-_2026.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrinopolis.mg.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/356/indicacao_001.2025_-_guarita_de_onibus_-_robson.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/359/indicacao_002.2025_-_instalacao_de_bueiros_na_rua_remi_honorato.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/360/indicacao_003.2025_-_instalacao_de_guaritas_em_pontos_estrategicos_da_cidade.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/361/indicacao_004.2025_-_instalacao_de_quebra-molas_na_rua_joao_lucio.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/377/indicacao_005.2025_-melhoria_pca_francisco_gomes_e_quebra-molas.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/378/indicacao_006.2025_-_sistema_gratuito_de_monitoramento_diabetes.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/384/indicacao_007.2025_-_alteracao_de_nome_de_cargos_monitora_escolar.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/369/projeto_de_decreto_legislativo_001.2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/370/projeto_de_decreto_legislativo_002.2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/381/projeto_de_decreto_legislativo_003.2025_-_arova_contas_da_prefeitura_municipal_de_2021.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/357/projeto_de_lei_complementar_001.2025_-_altera_cargos_servidores_da_camara.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/364/projeto_de_lei_complementar_002.2025_-_altera_lc_903_direitos_das_crianca_e_do_adolescente.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/374/projeto_de_lei_complementar_003.2025_-_politica_municipal_de_atendimento_aos_direitos_da_crianca_e_do_adolescente.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/388/projeto_de_lei_complementar_n._04_de_03_de_dezembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/389/projeto_de_lei_complementar_no_05_de_03_de_dezembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/390/projeto_de_lei_complementar_no_06_de_03_de_dezembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/391/projeto_de_lei_complementar_no_07_de_03_de_dezembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/352/projeto_de_lei_01_institui_o_fundo_municipal_de_saneamento_basico__fmsb_e_cria_o_conselho_gestor.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/353/projeto_de_lei_002.2025_-_colar_girassol_-_vereadores_robson_e_mateus.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/355/projeto_de_lei_003.2025_-_cria_cargos_e_atribuicoes.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/358/projeto_de_lei_004.2025_-_institui_o_programa_minha_casa_minha_vida_no_ambito_do_municipio_protocolado.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/363/projeto_de_lei_006.2025_-_altera_o_valor_do_vale_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/365/projeto_de_lei_007.2025_-_diretrizes_orcamentarias_2026_-_protocolado.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/366/projeto_de_lei_008.2025_-_denomina_unidade_basica_de_saude_ubs.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/368/projeto_de_lei_010.2025_-_intitui_calendario_oficial_projeto_aos_nossos_olhos.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/371/projeto_de_lei_011.2025_-_ratifica_mudancas_contrato_e_estatuto_cistrisul.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/372/projeto_de_lei_012.2025_-_criacao_da_ouvidoria_municipal.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/373/projeto_de_lei_013.2025_-_subvencao_social_a_entidade_religiosa_da_capela_dos_inacios.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/375/projeto_de_lei_014.2025_-_contratacao_por_tempo_determinado.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/376/projeto_de_lei_015.2025_-_institui_trabalho_remoto_e_hibrido.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/379/projeto_de_lei_016.2025_-_plano_plurianual_2026_a_2029_protocolado.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/380/projeto_de_lei__017.2025_-_lei_orcamentaria_-_2026.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/382/projeto_de_lei_018.2025_-_politica_municipal_de_habitacao_de_interesse_social_protocolado.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/383/projeto_de_lei_019.2025_-_institui_o_servico_de_protecao_social_a_adolescentes_em_cumprimento_de_medida_socioeducativa_protocolado.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/385/projeto_de_lei_020.2025_-_cria_conselho_municipal_de_esportes.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/386/projeto_de_lei_021.2025_-_disciplina_a_cessao_de_servidores_publicos_municipais.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrinopolis.mg.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H30"/>
+  <dimension ref="A1:H41"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="36.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="173.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="206" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -794,763 +977,1060 @@
       </c>
       <c r="H3" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" t="s">
         <v>21</v>
       </c>
       <c r="B4" t="s">
         <v>9</v>
       </c>
       <c r="C4" t="s">
         <v>22</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
       <c r="E4" t="s">
         <v>12</v>
       </c>
       <c r="F4" t="s">
         <v>18</v>
       </c>
       <c r="G4" s="1" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="H4" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="B5" t="s">
         <v>9</v>
       </c>
       <c r="C5" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D5" t="s">
         <v>11</v>
       </c>
       <c r="E5" t="s">
         <v>12</v>
       </c>
       <c r="F5" t="s">
         <v>18</v>
       </c>
       <c r="G5" s="1" t="s">
-        <v>19</v>
+        <v>27</v>
       </c>
       <c r="H5" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="D6" t="s">
         <v>11</v>
       </c>
       <c r="E6" t="s">
         <v>12</v>
       </c>
       <c r="F6" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="G6" s="1" t="s">
-        <v>19</v>
+        <v>32</v>
       </c>
       <c r="H6" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="D7" t="s">
         <v>11</v>
       </c>
       <c r="E7" t="s">
         <v>12</v>
       </c>
       <c r="F7" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="G7" s="1" t="s">
-        <v>19</v>
+        <v>36</v>
       </c>
       <c r="H7" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="B8" t="s">
         <v>9</v>
       </c>
       <c r="C8" t="s">
-        <v>10</v>
+        <v>39</v>
       </c>
       <c r="D8" t="s">
-        <v>35</v>
+        <v>11</v>
       </c>
       <c r="E8" t="s">
-        <v>36</v>
+        <v>12</v>
       </c>
       <c r="F8" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="G8" s="1" t="s">
-        <v>19</v>
+        <v>41</v>
       </c>
       <c r="H8" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="B9" t="s">
         <v>9</v>
       </c>
       <c r="C9" t="s">
-        <v>17</v>
+        <v>44</v>
       </c>
       <c r="D9" t="s">
-        <v>35</v>
+        <v>11</v>
       </c>
       <c r="E9" t="s">
-        <v>36</v>
+        <v>12</v>
       </c>
       <c r="F9" t="s">
-        <v>37</v>
+        <v>45</v>
       </c>
       <c r="G9" s="1" t="s">
-        <v>19</v>
+        <v>46</v>
       </c>
       <c r="H9" t="s">
-        <v>40</v>
+        <v>47</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" t="s">
-        <v>41</v>
+        <v>48</v>
       </c>
       <c r="B10" t="s">
         <v>9</v>
       </c>
       <c r="C10" t="s">
         <v>10</v>
       </c>
       <c r="D10" t="s">
-        <v>42</v>
+        <v>49</v>
       </c>
       <c r="E10" t="s">
-        <v>43</v>
+        <v>50</v>
       </c>
       <c r="F10" t="s">
-        <v>44</v>
+        <v>51</v>
       </c>
       <c r="G10" s="1" t="s">
-        <v>19</v>
+        <v>52</v>
       </c>
       <c r="H10" t="s">
-        <v>45</v>
+        <v>53</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" t="s">
-        <v>46</v>
+        <v>54</v>
       </c>
       <c r="B11" t="s">
         <v>9</v>
       </c>
       <c r="C11" t="s">
         <v>17</v>
       </c>
       <c r="D11" t="s">
-        <v>42</v>
+        <v>49</v>
       </c>
       <c r="E11" t="s">
-        <v>43</v>
+        <v>50</v>
       </c>
       <c r="F11" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="G11" s="1" t="s">
-        <v>19</v>
+        <v>55</v>
       </c>
       <c r="H11" t="s">
-        <v>48</v>
+        <v>56</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" t="s">
-        <v>49</v>
+        <v>57</v>
       </c>
       <c r="B12" t="s">
         <v>9</v>
       </c>
       <c r="C12" t="s">
         <v>22</v>
       </c>
       <c r="D12" t="s">
-        <v>42</v>
+        <v>49</v>
       </c>
       <c r="E12" t="s">
-        <v>43</v>
+        <v>50</v>
       </c>
       <c r="F12" t="s">
-        <v>47</v>
+        <v>58</v>
       </c>
       <c r="G12" s="1" t="s">
-        <v>19</v>
+        <v>59</v>
       </c>
       <c r="H12" t="s">
-        <v>50</v>
+        <v>60</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="B13" t="s">
         <v>9</v>
       </c>
       <c r="C13" t="s">
         <v>10</v>
       </c>
       <c r="D13" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="E13" t="s">
-        <v>53</v>
+        <v>63</v>
       </c>
       <c r="F13" t="s">
-        <v>47</v>
+        <v>64</v>
       </c>
       <c r="G13" s="1" t="s">
-        <v>54</v>
+        <v>65</v>
       </c>
       <c r="H13" t="s">
-        <v>55</v>
+        <v>66</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" t="s">
-        <v>56</v>
+        <v>67</v>
       </c>
       <c r="B14" t="s">
         <v>9</v>
       </c>
       <c r="C14" t="s">
         <v>17</v>
       </c>
       <c r="D14" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="E14" t="s">
-        <v>53</v>
+        <v>63</v>
       </c>
       <c r="F14" t="s">
-        <v>57</v>
+        <v>68</v>
       </c>
       <c r="G14" s="1" t="s">
-        <v>19</v>
+        <v>69</v>
       </c>
       <c r="H14" t="s">
-        <v>58</v>
+        <v>70</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" t="s">
-        <v>59</v>
+        <v>71</v>
       </c>
       <c r="B15" t="s">
         <v>9</v>
       </c>
       <c r="C15" t="s">
         <v>22</v>
       </c>
       <c r="D15" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="E15" t="s">
-        <v>53</v>
+        <v>63</v>
       </c>
       <c r="F15" t="s">
-        <v>47</v>
+        <v>68</v>
       </c>
       <c r="G15" s="1" t="s">
-        <v>19</v>
+        <v>72</v>
       </c>
       <c r="H15" t="s">
-        <v>60</v>
+        <v>73</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" t="s">
-        <v>61</v>
+        <v>74</v>
       </c>
       <c r="B16" t="s">
         <v>9</v>
       </c>
       <c r="C16" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D16" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="E16" t="s">
-        <v>53</v>
+        <v>63</v>
       </c>
       <c r="F16" t="s">
-        <v>47</v>
+        <v>68</v>
       </c>
       <c r="G16" s="1" t="s">
-        <v>19</v>
+        <v>75</v>
       </c>
       <c r="H16" t="s">
-        <v>62</v>
+        <v>76</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" t="s">
+        <v>77</v>
+      </c>
+      <c r="B17" t="s">
+        <v>9</v>
+      </c>
+      <c r="C17" t="s">
+        <v>30</v>
+      </c>
+      <c r="D17" t="s">
+        <v>62</v>
+      </c>
+      <c r="E17" t="s">
         <v>63</v>
       </c>
-      <c r="B17" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F17" t="s">
-        <v>47</v>
+        <v>68</v>
       </c>
       <c r="G17" s="1" t="s">
-        <v>19</v>
+        <v>78</v>
       </c>
       <c r="H17" t="s">
-        <v>64</v>
+        <v>79</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" t="s">
-        <v>65</v>
+        <v>80</v>
       </c>
       <c r="B18" t="s">
         <v>9</v>
       </c>
       <c r="C18" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="D18" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="E18" t="s">
-        <v>53</v>
+        <v>63</v>
       </c>
       <c r="F18" t="s">
-        <v>47</v>
+        <v>68</v>
       </c>
       <c r="G18" s="1" t="s">
-        <v>19</v>
+        <v>81</v>
       </c>
       <c r="H18" t="s">
-        <v>66</v>
+        <v>82</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" t="s">
-        <v>67</v>
+        <v>83</v>
       </c>
       <c r="B19" t="s">
         <v>9</v>
       </c>
       <c r="C19" t="s">
-        <v>68</v>
+        <v>39</v>
       </c>
       <c r="D19" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="E19" t="s">
-        <v>53</v>
+        <v>63</v>
       </c>
       <c r="F19" t="s">
-        <v>47</v>
+        <v>68</v>
       </c>
       <c r="G19" s="1" t="s">
-        <v>19</v>
+        <v>84</v>
       </c>
       <c r="H19" t="s">
-        <v>69</v>
+        <v>85</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" t="s">
-        <v>70</v>
+        <v>86</v>
       </c>
       <c r="B20" t="s">
         <v>9</v>
       </c>
       <c r="C20" t="s">
-        <v>71</v>
+        <v>10</v>
       </c>
       <c r="D20" t="s">
-        <v>52</v>
+        <v>87</v>
       </c>
       <c r="E20" t="s">
-        <v>53</v>
+        <v>88</v>
       </c>
       <c r="F20" t="s">
-        <v>47</v>
+        <v>68</v>
       </c>
       <c r="G20" s="1" t="s">
-        <v>19</v>
+        <v>89</v>
       </c>
       <c r="H20" t="s">
-        <v>72</v>
+        <v>90</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" t="s">
-        <v>73</v>
+        <v>91</v>
       </c>
       <c r="B21" t="s">
         <v>9</v>
       </c>
       <c r="C21" t="s">
-        <v>74</v>
+        <v>17</v>
       </c>
       <c r="D21" t="s">
-        <v>52</v>
+        <v>87</v>
       </c>
       <c r="E21" t="s">
-        <v>53</v>
+        <v>88</v>
       </c>
       <c r="F21" t="s">
-        <v>47</v>
+        <v>92</v>
       </c>
       <c r="G21" s="1" t="s">
-        <v>19</v>
+        <v>93</v>
       </c>
       <c r="H21" t="s">
-        <v>75</v>
+        <v>94</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" t="s">
-        <v>76</v>
+        <v>95</v>
       </c>
       <c r="B22" t="s">
         <v>9</v>
       </c>
       <c r="C22" t="s">
-        <v>77</v>
+        <v>22</v>
       </c>
       <c r="D22" t="s">
-        <v>52</v>
+        <v>87</v>
       </c>
       <c r="E22" t="s">
-        <v>53</v>
+        <v>88</v>
       </c>
       <c r="F22" t="s">
-        <v>13</v>
+        <v>68</v>
       </c>
       <c r="G22" s="1" t="s">
-        <v>19</v>
+        <v>96</v>
       </c>
       <c r="H22" t="s">
-        <v>78</v>
+        <v>97</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" t="s">
-        <v>79</v>
+        <v>98</v>
       </c>
       <c r="B23" t="s">
         <v>9</v>
       </c>
       <c r="C23" t="s">
-        <v>80</v>
+        <v>26</v>
       </c>
       <c r="D23" t="s">
-        <v>52</v>
+        <v>87</v>
       </c>
       <c r="E23" t="s">
-        <v>53</v>
+        <v>88</v>
       </c>
       <c r="F23" t="s">
-        <v>47</v>
+        <v>68</v>
       </c>
       <c r="G23" s="1" t="s">
-        <v>19</v>
+        <v>99</v>
       </c>
       <c r="H23" t="s">
-        <v>81</v>
+        <v>100</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" t="s">
-        <v>82</v>
+        <v>101</v>
       </c>
       <c r="B24" t="s">
         <v>9</v>
       </c>
       <c r="C24" t="s">
-        <v>83</v>
+        <v>30</v>
       </c>
       <c r="D24" t="s">
-        <v>52</v>
+        <v>87</v>
       </c>
       <c r="E24" t="s">
-        <v>53</v>
+        <v>88</v>
       </c>
       <c r="F24" t="s">
-        <v>47</v>
+        <v>68</v>
       </c>
       <c r="G24" s="1" t="s">
-        <v>19</v>
+        <v>46</v>
       </c>
       <c r="H24" t="s">
-        <v>84</v>
+        <v>102</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" t="s">
-        <v>85</v>
+        <v>103</v>
       </c>
       <c r="B25" t="s">
         <v>9</v>
       </c>
       <c r="C25" t="s">
-        <v>86</v>
+        <v>35</v>
       </c>
       <c r="D25" t="s">
-        <v>52</v>
+        <v>87</v>
       </c>
       <c r="E25" t="s">
-        <v>53</v>
+        <v>88</v>
       </c>
       <c r="F25" t="s">
-        <v>47</v>
+        <v>68</v>
       </c>
       <c r="G25" s="1" t="s">
-        <v>19</v>
+        <v>104</v>
       </c>
       <c r="H25" t="s">
-        <v>87</v>
+        <v>105</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" t="s">
+        <v>106</v>
+      </c>
+      <c r="B26" t="s">
+        <v>9</v>
+      </c>
+      <c r="C26" t="s">
+        <v>39</v>
+      </c>
+      <c r="D26" t="s">
+        <v>87</v>
+      </c>
+      <c r="E26" t="s">
         <v>88</v>
       </c>
-      <c r="B26" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F26" t="s">
-        <v>47</v>
+        <v>68</v>
       </c>
       <c r="G26" s="1" t="s">
-        <v>19</v>
+        <v>107</v>
       </c>
       <c r="H26" t="s">
-        <v>90</v>
+        <v>108</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" t="s">
-        <v>91</v>
+        <v>109</v>
       </c>
       <c r="B27" t="s">
         <v>9</v>
       </c>
       <c r="C27" t="s">
-        <v>92</v>
+        <v>44</v>
       </c>
       <c r="D27" t="s">
-        <v>52</v>
+        <v>87</v>
       </c>
       <c r="E27" t="s">
-        <v>53</v>
+        <v>88</v>
       </c>
       <c r="F27" t="s">
-        <v>47</v>
+        <v>68</v>
       </c>
       <c r="G27" s="1" t="s">
-        <v>19</v>
+        <v>110</v>
       </c>
       <c r="H27" t="s">
-        <v>93</v>
+        <v>111</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
-        <v>94</v>
+        <v>112</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
-        <v>95</v>
+        <v>113</v>
       </c>
       <c r="D28" t="s">
-        <v>52</v>
+        <v>87</v>
       </c>
       <c r="E28" t="s">
-        <v>53</v>
+        <v>88</v>
       </c>
       <c r="F28" t="s">
-        <v>47</v>
+        <v>68</v>
       </c>
       <c r="G28" s="1" t="s">
-        <v>96</v>
+        <v>46</v>
       </c>
       <c r="H28" t="s">
-        <v>97</v>
+        <v>114</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
-        <v>98</v>
+        <v>115</v>
       </c>
       <c r="B29" t="s">
         <v>9</v>
       </c>
       <c r="C29" t="s">
-        <v>99</v>
+        <v>116</v>
       </c>
       <c r="D29" t="s">
-        <v>52</v>
+        <v>87</v>
       </c>
       <c r="E29" t="s">
-        <v>53</v>
+        <v>88</v>
       </c>
       <c r="F29" t="s">
-        <v>47</v>
+        <v>13</v>
       </c>
       <c r="G29" s="1" t="s">
-        <v>100</v>
+        <v>117</v>
       </c>
       <c r="H29" t="s">
-        <v>101</v>
+        <v>118</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
-        <v>102</v>
+        <v>119</v>
       </c>
       <c r="B30" t="s">
         <v>9</v>
       </c>
       <c r="C30" t="s">
+        <v>120</v>
+      </c>
+      <c r="D30" t="s">
+        <v>87</v>
+      </c>
+      <c r="E30" t="s">
+        <v>88</v>
+      </c>
+      <c r="F30" t="s">
+        <v>68</v>
+      </c>
+      <c r="G30" s="1" t="s">
+        <v>121</v>
+      </c>
+      <c r="H30" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="31" spans="1:8">
+      <c r="A31" t="s">
+        <v>123</v>
+      </c>
+      <c r="B31" t="s">
+        <v>9</v>
+      </c>
+      <c r="C31" t="s">
+        <v>124</v>
+      </c>
+      <c r="D31" t="s">
+        <v>87</v>
+      </c>
+      <c r="E31" t="s">
+        <v>88</v>
+      </c>
+      <c r="F31" t="s">
+        <v>68</v>
+      </c>
+      <c r="G31" s="1" t="s">
+        <v>125</v>
+      </c>
+      <c r="H31" t="s">
+        <v>126</v>
+      </c>
+    </row>
+    <row r="32" spans="1:8">
+      <c r="A32" t="s">
+        <v>127</v>
+      </c>
+      <c r="B32" t="s">
+        <v>9</v>
+      </c>
+      <c r="C32" t="s">
+        <v>128</v>
+      </c>
+      <c r="D32" t="s">
+        <v>87</v>
+      </c>
+      <c r="E32" t="s">
+        <v>88</v>
+      </c>
+      <c r="F32" t="s">
+        <v>68</v>
+      </c>
+      <c r="G32" s="1" t="s">
+        <v>129</v>
+      </c>
+      <c r="H32" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="33" spans="1:8">
+      <c r="A33" t="s">
+        <v>131</v>
+      </c>
+      <c r="B33" t="s">
+        <v>9</v>
+      </c>
+      <c r="C33" t="s">
+        <v>132</v>
+      </c>
+      <c r="D33" t="s">
+        <v>87</v>
+      </c>
+      <c r="E33" t="s">
+        <v>88</v>
+      </c>
+      <c r="F33" t="s">
+        <v>68</v>
+      </c>
+      <c r="G33" s="1" t="s">
+        <v>133</v>
+      </c>
+      <c r="H33" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="34" spans="1:8">
+      <c r="A34" t="s">
+        <v>135</v>
+      </c>
+      <c r="B34" t="s">
+        <v>9</v>
+      </c>
+      <c r="C34" t="s">
+        <v>136</v>
+      </c>
+      <c r="D34" t="s">
+        <v>87</v>
+      </c>
+      <c r="E34" t="s">
+        <v>88</v>
+      </c>
+      <c r="F34" t="s">
+        <v>68</v>
+      </c>
+      <c r="G34" s="1" t="s">
+        <v>137</v>
+      </c>
+      <c r="H34" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="35" spans="1:8">
+      <c r="A35" t="s">
+        <v>139</v>
+      </c>
+      <c r="B35" t="s">
+        <v>9</v>
+      </c>
+      <c r="C35" t="s">
+        <v>140</v>
+      </c>
+      <c r="D35" t="s">
+        <v>87</v>
+      </c>
+      <c r="E35" t="s">
+        <v>88</v>
+      </c>
+      <c r="F35" t="s">
+        <v>68</v>
+      </c>
+      <c r="G35" s="1" t="s">
+        <v>141</v>
+      </c>
+      <c r="H35" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="36" spans="1:8">
+      <c r="A36" t="s">
+        <v>143</v>
+      </c>
+      <c r="B36" t="s">
+        <v>9</v>
+      </c>
+      <c r="C36" t="s">
+        <v>144</v>
+      </c>
+      <c r="D36" t="s">
+        <v>87</v>
+      </c>
+      <c r="E36" t="s">
+        <v>88</v>
+      </c>
+      <c r="F36" t="s">
+        <v>68</v>
+      </c>
+      <c r="G36" s="1" t="s">
+        <v>145</v>
+      </c>
+      <c r="H36" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="37" spans="1:8">
+      <c r="A37" t="s">
+        <v>147</v>
+      </c>
+      <c r="B37" t="s">
+        <v>9</v>
+      </c>
+      <c r="C37" t="s">
+        <v>148</v>
+      </c>
+      <c r="D37" t="s">
+        <v>87</v>
+      </c>
+      <c r="E37" t="s">
+        <v>88</v>
+      </c>
+      <c r="F37" t="s">
+        <v>68</v>
+      </c>
+      <c r="G37" s="1" t="s">
+        <v>149</v>
+      </c>
+      <c r="H37" t="s">
+        <v>150</v>
+      </c>
+    </row>
+    <row r="38" spans="1:8">
+      <c r="A38" t="s">
+        <v>151</v>
+      </c>
+      <c r="B38" t="s">
+        <v>9</v>
+      </c>
+      <c r="C38" t="s">
+        <v>152</v>
+      </c>
+      <c r="D38" t="s">
+        <v>87</v>
+      </c>
+      <c r="E38" t="s">
+        <v>88</v>
+      </c>
+      <c r="F38" t="s">
+        <v>68</v>
+      </c>
+      <c r="G38" s="1" t="s">
+        <v>153</v>
+      </c>
+      <c r="H38" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="39" spans="1:8">
+      <c r="A39" t="s">
+        <v>155</v>
+      </c>
+      <c r="B39" t="s">
+        <v>9</v>
+      </c>
+      <c r="C39" t="s">
+        <v>156</v>
+      </c>
+      <c r="D39" t="s">
+        <v>87</v>
+      </c>
+      <c r="E39" t="s">
+        <v>88</v>
+      </c>
+      <c r="F39" t="s">
+        <v>68</v>
+      </c>
+      <c r="G39" s="1" t="s">
+        <v>157</v>
+      </c>
+      <c r="H39" t="s">
+        <v>158</v>
+      </c>
+    </row>
+    <row r="40" spans="1:8">
+      <c r="A40" t="s">
+        <v>159</v>
+      </c>
+      <c r="B40" t="s">
+        <v>9</v>
+      </c>
+      <c r="C40" t="s">
+        <v>160</v>
+      </c>
+      <c r="D40" t="s">
+        <v>87</v>
+      </c>
+      <c r="E40" t="s">
+        <v>88</v>
+      </c>
+      <c r="F40" t="s">
+        <v>68</v>
+      </c>
+      <c r="G40" s="1" t="s">
+        <v>161</v>
+      </c>
+      <c r="H40" t="s">
+        <v>162</v>
+      </c>
+    </row>
+    <row r="41" spans="1:8">
+      <c r="A41" t="s">
+        <v>163</v>
+      </c>
+      <c r="B41" t="s">
+        <v>9</v>
+      </c>
+      <c r="C41" t="s">
         <v>10</v>
       </c>
-      <c r="D30" t="s">
-[...12 lines deleted...]
-        <v>105</v>
+      <c r="D41" t="s">
+        <v>164</v>
+      </c>
+      <c r="E41" t="s">
+        <v>165</v>
+      </c>
+      <c r="F41" t="s">
+        <v>68</v>
+      </c>
+      <c r="G41" s="1" t="s">
+        <v>46</v>
+      </c>
+      <c r="H41" t="s">
+        <v>166</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
     <hyperlink ref="G23" r:id="rId22"/>
     <hyperlink ref="G24" r:id="rId23"/>
     <hyperlink ref="G25" r:id="rId24"/>
     <hyperlink ref="G26" r:id="rId25"/>
     <hyperlink ref="G27" r:id="rId26"/>
     <hyperlink ref="G28" r:id="rId27"/>
     <hyperlink ref="G29" r:id="rId28"/>
     <hyperlink ref="G30" r:id="rId29"/>
+    <hyperlink ref="G31" r:id="rId30"/>
+    <hyperlink ref="G32" r:id="rId31"/>
+    <hyperlink ref="G33" r:id="rId32"/>
+    <hyperlink ref="G34" r:id="rId33"/>
+    <hyperlink ref="G35" r:id="rId34"/>
+    <hyperlink ref="G36" r:id="rId35"/>
+    <hyperlink ref="G37" r:id="rId36"/>
+    <hyperlink ref="G38" r:id="rId37"/>
+    <hyperlink ref="G39" r:id="rId38"/>
+    <hyperlink ref="G40" r:id="rId39"/>
+    <hyperlink ref="G41" r:id="rId40"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>