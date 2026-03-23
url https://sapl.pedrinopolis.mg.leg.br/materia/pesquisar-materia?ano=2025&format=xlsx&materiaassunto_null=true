--- v1 (2025-12-10)
+++ v2 (2026-03-23)
@@ -10,551 +10,585 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="328" uniqueCount="167">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="352" uniqueCount="178">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Robson</t>
   </si>
   <si>
-    <t>https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/356/indicacao_001.2025_-_guarita_de_onibus_-_robson.pdf</t>
+    <t>http://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/356/indicacao_001.2025_-_guarita_de_onibus_-_robson.pdf</t>
   </si>
   <si>
     <t>Que estude a viabilidade de instalar guarita para ônibus, no Bairro Dr. Hélio Carneiro, principalmente na entrada do Bairro onde liga a LMG 782.</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Hyago</t>
   </si>
   <si>
-    <t>https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/359/indicacao_002.2025_-_instalacao_de_bueiros_na_rua_remi_honorato.pdf</t>
+    <t>http://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/359/indicacao_002.2025_-_instalacao_de_bueiros_na_rua_remi_honorato.pdf</t>
   </si>
   <si>
     <t>Instalação de um bueiro para captação de água pluvial, bem como a implantação da rede pluvial necessária para o correto escoamento das águas até a rede já existente que direciona a água ao córrego, especificamente na rua Remi Honorato Luzia.</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/360/indicacao_003.2025_-_instalacao_de_guaritas_em_pontos_estrategicos_da_cidade.pdf</t>
+    <t>http://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/360/indicacao_003.2025_-_instalacao_de_guaritas_em_pontos_estrategicos_da_cidade.pdf</t>
   </si>
   <si>
     <t>Instalação de guaritas/coberturas em pontos estratégicos da cidade para abrigar estudantes e trabalhadores durante a espera pelo transporte, especialmente nos locais onde há circulação de ônibus escolares e ônibus de empresas.</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/361/indicacao_004.2025_-_instalacao_de_quebra-molas_na_rua_joao_lucio.pdf</t>
+    <t>http://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/361/indicacao_004.2025_-_instalacao_de_quebra-molas_na_rua_joao_lucio.pdf</t>
   </si>
   <si>
     <t>Instalação de passarelas elevadas (quebra-molas) na Rua João Lúcio, neste município próximo aos números 150, 288, 860 e 1030.</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Laura</t>
   </si>
   <si>
-    <t>https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/377/indicacao_005.2025_-melhoria_pca_francisco_gomes_e_quebra-molas.pdf</t>
+    <t>http://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/377/indicacao_005.2025_-melhoria_pca_francisco_gomes_e_quebra-molas.pdf</t>
   </si>
   <si>
     <t>Melhorias na Praça Francisco Gomes Pereira, com Instalação de um bebedouro e colocação de alguns bancos com encosto, e a construção de um quebra-molas, na Rua Vital Epifane, em frente ao número 88, paralelo à Praça Francisco Gomes Pereira.</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/378/indicacao_006.2025_-_sistema_gratuito_de_monitoramento_diabetes.pdf</t>
+    <t>http://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/378/indicacao_006.2025_-_sistema_gratuito_de_monitoramento_diabetes.pdf</t>
   </si>
   <si>
     <t>Institui o Programa Municipal de distribuição gratuita de Sistema de Monitoramento Contínuo de Glicose para pacientes com Diabetes Mellitus - Tipo 1, no Município Pedrinópolis/MG.</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>Jovino</t>
   </si>
   <si>
-    <t>https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/384/indicacao_007.2025_-_alteracao_de_nome_de_cargos_monitora_escolar.pdf</t>
+    <t>http://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/384/indicacao_007.2025_-_alteracao_de_nome_de_cargos_monitora_escolar.pdf</t>
   </si>
   <si>
     <t>Estude a viabilidade de reavaliação imediata e a regularização contratual dos servidores que, embora nomeados como Auxiliares de Serviços Gerais (ASG) na área de Educação, exercem, de fato, as funções de Monitor(a) Escolar (Auxiliar de Sala) e Monitor(a) de Transporte Escolar.</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Vildérico</t>
   </si>
   <si>
-    <t>https://sapl.pedrinopolis.mg.leg.br/media/</t>
+    <t>http://sapl.pedrinopolis.mg.leg.br/media/</t>
   </si>
   <si>
     <t>Que estude a viabilidade de realizar a reforma ou, se necessário, a construção de novas pontes nos seguintes locais: (i) Ponte na estrada com sentido ao lixão e canil municipal e (ii)Ponte localizada na estrada próxima à empresa Ico Cereais.</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>Mesa Diretora - MD</t>
   </si>
   <si>
-    <t>https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/369/projeto_de_decreto_legislativo_001.2025.pdf</t>
+    <t>http://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/369/projeto_de_decreto_legislativo_001.2025.pdf</t>
   </si>
   <si>
     <t>APROVA AS CONTAS DA PREFEITURA MUNICIPAL DE PEDRINÓPOLIS REFERENTE AO EXERCÍCIO DE 2022 NA FORMA QUE ESPECIFICA.</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
-    <t>https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/370/projeto_de_decreto_legislativo_002.2025.pdf</t>
+    <t>http://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/370/projeto_de_decreto_legislativo_002.2025.pdf</t>
   </si>
   <si>
     <t>APROVA AS CONTAS DA PREFEITURA MUNICIPAL DE PEDRINÓPOLIS REFERENTE AO EXERCÍCIO DE 2023 NA FORMA QUE ESPECIFICA.</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
     <t>Comissão de Finanças e Orçamento</t>
   </si>
   <si>
-    <t>https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/381/projeto_de_decreto_legislativo_003.2025_-_arova_contas_da_prefeitura_municipal_de_2021.pdf</t>
+    <t>http://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/381/projeto_de_decreto_legislativo_003.2025_-_arova_contas_da_prefeitura_municipal_de_2021.pdf</t>
   </si>
   <si>
     <t>APROVA AS CONTAS DA PREFEITURA MUNICIPAL DE PEDRINÓPOLIS REFERENTE AO EXERCÍCIO DE 2021 NA FORMA QUE  ESPECIFICA.</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Câmara Municipal de Pedrinópolis - CMP</t>
   </si>
   <si>
-    <t>https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/357/projeto_de_lei_complementar_001.2025_-_altera_cargos_servidores_da_camara.pdf</t>
+    <t>http://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/357/projeto_de_lei_complementar_001.2025_-_altera_cargos_servidores_da_camara.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI COMPLEMENTAR N.º 783, DE 29 DE NOVEMBRO DE 2007 QUE “DISPÕE SOBRE A POLÍTICA DE PESSOAL DOS SERVIDORES PÚBLICOS DA CÂMARA MUNICIPAL DE PEDRINÓPOLIS E DÁ OUTRAS PROVIDÊNCIAS”</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
     <t>Poder Executivo</t>
   </si>
   <si>
-    <t>https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/364/projeto_de_lei_complementar_002.2025_-_altera_lc_903_direitos_das_crianca_e_do_adolescente.pdf</t>
+    <t>http://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/364/projeto_de_lei_complementar_002.2025_-_altera_lc_903_direitos_das_crianca_e_do_adolescente.pdf</t>
   </si>
   <si>
     <t>Altera disposições da Lei Complementar nº 903 de 14 de Abril de 2015 que estabelece novos parâmetros relativos a Política Municipal dos Direitos da Criança e do Adolescente e dá outras providências na forma que específica.</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
-    <t>https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/374/projeto_de_lei_complementar_003.2025_-_politica_municipal_de_atendimento_aos_direitos_da_crianca_e_do_adolescente.pdf</t>
+    <t>http://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/374/projeto_de_lei_complementar_003.2025_-_politica_municipal_de_atendimento_aos_direitos_da_crianca_e_do_adolescente.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Política Municipal de Atendimento aos Direitos da Criança e do Adolescente e dá outras providências</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
-    <t>https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/388/projeto_de_lei_complementar_n._04_de_03_de_dezembro_de_2025.pdf</t>
+    <t>http://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/388/projeto_de_lei_complementar_n._04_de_03_de_dezembro_de_2025.pdf</t>
   </si>
   <si>
     <t>Reorganiza o Regime Próprio de Previdência Social dos Servidores Públicos do Município de Pedrinópolis /MG - PEDRI PREV e dá outras providências.</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
-    <t>https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/389/projeto_de_lei_complementar_no_05_de_03_de_dezembro_de_2025.pdf</t>
+    <t>http://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/389/projeto_de_lei_complementar_no_05_de_03_de_dezembro_de_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Estatuto dos Servidores Públicos do Município de Pedrinópolis e institui o Regime Jurídico dos Servidores Públicos da Administração Direta, Autárquica e Fundacional dos Poderes Executivo e Legislativo do Município de Pedrinópolis e dá outras providências.</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
-    <t>https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/390/projeto_de_lei_complementar_no_06_de_03_de_dezembro_de_2025.pdf</t>
+    <t>http://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/390/projeto_de_lei_complementar_no_06_de_03_de_dezembro_de_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Estrutura Administrativa da Prefeitura Municipal de Pedrinópolis, revoga dispositivos da Lei nº 934/2017 e dá outras providências.</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
-    <t>https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/391/projeto_de_lei_complementar_no_07_de_03_de_dezembro_de_2025.pdf</t>
+    <t>http://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/391/projeto_de_lei_complementar_no_07_de_03_de_dezembro_de_2025.pdf</t>
   </si>
   <si>
     <t>Dispõe a Criação de Vagas de Médico ESF no Município de Pedrinópolis e dá outras providências.</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
-    <t>https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/352/projeto_de_lei_01_institui_o_fundo_municipal_de_saneamento_basico__fmsb_e_cria_o_conselho_gestor.pdf</t>
+    <t>http://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/352/projeto_de_lei_01_institui_o_fundo_municipal_de_saneamento_basico__fmsb_e_cria_o_conselho_gestor.pdf</t>
   </si>
   <si>
     <t>Institui o Fundo Municipal de Saneamento Básico – FMSB e cria o Conselho Gestor</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
     <t>Mateus</t>
   </si>
   <si>
-    <t>https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/353/projeto_de_lei_002.2025_-_colar_girassol_-_vereadores_robson_e_mateus.pdf</t>
+    <t>http://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/353/projeto_de_lei_002.2025_-_colar_girassol_-_vereadores_robson_e_mateus.pdf</t>
   </si>
   <si>
     <t>INSTITUI O USO DO COLAR DE GIRASSOL COMO INSTRUMENTO AUXILIAR DE ORIENTAÇÃO DAS PESSOAS COM DEFICIÊNCIAS OCULTAS NO MUNICÍPIO DE PEDRINÓPOLIS- MG E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
-    <t>https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/355/projeto_de_lei_003.2025_-_cria_cargos_e_atribuicoes.pdf</t>
+    <t>http://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/355/projeto_de_lei_003.2025_-_cria_cargos_e_atribuicoes.pdf</t>
   </si>
   <si>
     <t>Altera Lei Municipal nº 510, de 18 de julho de 1990, para criar cargos e atribuições e dá outras providências.</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
-    <t>https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/358/projeto_de_lei_004.2025_-_institui_o_programa_minha_casa_minha_vida_no_ambito_do_municipio_protocolado.pdf</t>
+    <t>http://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/358/projeto_de_lei_004.2025_-_institui_o_programa_minha_casa_minha_vida_no_ambito_do_municipio_protocolado.pdf</t>
   </si>
   <si>
     <t>Institui o Programa Habitacional Minha Casa, Minha Vida Cidades no âmbito do Município de Pedrinópolis-MG e dá outras providências.</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
     <t>Dispõe sobre a revogação de isenção fiscal concedida à Companhia de Saneamento de Minas Gerais – COPASA nos termos da Lei Municipal nº 268, de 26 de junho de 1975, e dá outras providências.</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
-    <t>https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/363/projeto_de_lei_006.2025_-_altera_o_valor_do_vale_alimentacao.pdf</t>
+    <t>http://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/363/projeto_de_lei_006.2025_-_altera_o_valor_do_vale_alimentacao.pdf</t>
   </si>
   <si>
     <t>Altera o valor do vale alimentação, instituído pela Lei Municipal nº 1075 de 20 de dezembro de 2023.</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
-    <t>https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/365/projeto_de_lei_007.2025_-_diretrizes_orcamentarias_2026_-_protocolado.pdf</t>
+    <t>http://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/365/projeto_de_lei_007.2025_-_diretrizes_orcamentarias_2026_-_protocolado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes para a elaboração da Lei Orçamentária para o Exercício de 2026, e dá outras providências.</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
-    <t>https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/366/projeto_de_lei_008.2025_-_denomina_unidade_basica_de_saude_ubs.pdf</t>
+    <t>http://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/366/projeto_de_lei_008.2025_-_denomina_unidade_basica_de_saude_ubs.pdf</t>
   </si>
   <si>
     <t>Denomina Unidade Básica de Saúde - UBS e contém outras providências.</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Denomina a Avenida Comercial do Valle localizada no Loteamento Residencial do Valle e contém outras providências.</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/368/projeto_de_lei_010.2025_-_intitui_calendario_oficial_projeto_aos_nossos_olhos.pdf</t>
+    <t>http://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/368/projeto_de_lei_010.2025_-_intitui_calendario_oficial_projeto_aos_nossos_olhos.pdf</t>
   </si>
   <si>
     <t>INSTITUI E INCLUI NO CALENDÁRIO OFICIAL DE DATAS E EVENTOS DO MUNICÍPIO DE PEDRINÓPOLIS O “PROJETO AOS NOSSOS OLHOS – EDUCAÇÃO INCLUSIVA”, VOLTADO À CONSCIENTIZAÇÃO SOBRE O TRANSTORNO DO ESPECTRO AUTISTA (TEA), E DA NEURODIVERSIDADE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/371/projeto_de_lei_011.2025_-_ratifica_mudancas_contrato_e_estatuto_cistrisul.pdf</t>
+    <t>http://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/371/projeto_de_lei_011.2025_-_ratifica_mudancas_contrato_e_estatuto_cistrisul.pdf</t>
   </si>
   <si>
     <t>Ratifica as alterações promovidas no Contrato de Consórcio Público e Estatuto do Consórcio Público Intermunicipal de Saúde da Rede de Urgência e Emergência da Macrorregião do Triângulo do Sul - Cistrisul e dá outras providências.</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/372/projeto_de_lei_012.2025_-_criacao_da_ouvidoria_municipal.pdf</t>
+    <t>http://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/372/projeto_de_lei_012.2025_-_criacao_da_ouvidoria_municipal.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação da Ouvidoria Municipal de Pedrinópolis e dá outras providências.</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/373/projeto_de_lei_013.2025_-_subvencao_social_a_entidade_religiosa_da_capela_dos_inacios.pdf</t>
+    <t>http://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/373/projeto_de_lei_013.2025_-_subvencao_social_a_entidade_religiosa_da_capela_dos_inacios.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a conceder subvenção social a Entidade Religiosa para a reconstrução da Capela dos Inácios, e dá outras providências.</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/375/projeto_de_lei_014.2025_-_contratacao_por_tempo_determinado.pdf</t>
+    <t>http://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/375/projeto_de_lei_014.2025_-_contratacao_por_tempo_determinado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a contratação por tempo determinado para atender à necessidade temporária de excepcional Interesse Público, nos termos do art. 37, IX da Constituição Federal.</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/376/projeto_de_lei_015.2025_-_institui_trabalho_remoto_e_hibrido.pdf</t>
+    <t>http://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/376/projeto_de_lei_015.2025_-_institui_trabalho_remoto_e_hibrido.pdf</t>
   </si>
   <si>
     <t>Institui os regimes de Trabalho Remoto e de Trabalho Híbrido dos Servidores Públicos do Poder Executivo e dá outras providências.</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/379/projeto_de_lei_016.2025_-_plano_plurianual_2026_a_2029_protocolado.pdf</t>
+    <t>http://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/379/projeto_de_lei_016.2025_-_plano_plurianual_2026_a_2029_protocolado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Plano Plurianual de governo do Município de Pedrinópolis, para o Quadriênio de 2026/2029 e dá outras Providências.</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/380/projeto_de_lei__017.2025_-_lei_orcamentaria_-_2026.pdf</t>
+    <t>http://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/380/projeto_de_lei__017.2025_-_lei_orcamentaria_-_2026.pdf</t>
   </si>
   <si>
     <t>Estima a Receita e fixa a Despesa do Município de Pedrinópolis para o Exercício de 2026, na forma que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/382/projeto_de_lei_018.2025_-_politica_municipal_de_habitacao_de_interesse_social_protocolado.pdf</t>
+    <t>http://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/382/projeto_de_lei_018.2025_-_politica_municipal_de_habitacao_de_interesse_social_protocolado.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Política Municipal de Habitação de Interesse Social (PMHIS) do Município de Pedrinópolis, cria o Conselho Municipal de Habitação (CMH) e o Fundo Municipal de Habitação de Interesse Social (FMHIS), e dá outras providências.”</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/383/projeto_de_lei_019.2025_-_institui_o_servico_de_protecao_social_a_adolescentes_em_cumprimento_de_medida_socioeducativa_protocolado.pdf</t>
+    <t>http://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/383/projeto_de_lei_019.2025_-_institui_o_servico_de_protecao_social_a_adolescentes_em_cumprimento_de_medida_socioeducativa_protocolado.pdf</t>
   </si>
   <si>
     <t>Institui o Serviço de Proteção Social a adolescentes em cumprimento de medida socioeducativa em meio aberto de liberdade assistida e de prestação de serviços à comunidade no Município de Pedrinópolis e dá outras providências.</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/385/projeto_de_lei_020.2025_-_cria_conselho_municipal_de_esportes.pdf</t>
+    <t>http://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/385/projeto_de_lei_020.2025_-_cria_conselho_municipal_de_esportes.pdf</t>
   </si>
   <si>
     <t>Cria o Conselho Municipal de Esporte e dá outras providências.</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/386/projeto_de_lei_021.2025_-_disciplina_a_cessao_de_servidores_publicos_municipais.pdf</t>
+    <t>http://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/386/projeto_de_lei_021.2025_-_disciplina_a_cessao_de_servidores_publicos_municipais.pdf</t>
   </si>
   <si>
     <t>Disciplina a cessão de servidores públicos municipais nos casos que especifica e dá outras providências.</t>
   </si>
   <si>
+    <t>392</t>
+  </si>
+  <si>
+    <t>PS</t>
+  </si>
+  <si>
+    <t>Projeto Substitutivo</t>
+  </si>
+  <si>
+    <t>http://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/392/projeto_de_lei_comp_substitutivo_no_01-2025_ao_projeto_de_no_04-2025_protocolado.pdf</t>
+  </si>
+  <si>
+    <t>Reorganiza o Regime Próprio de Previdência Social dos Servidores Públicos do Município de Pedrinópolis – PEDRIPREV e dá outras providências._x000D_
+(PROJETO DE LEI COMPLEMENTAR SUBSTITUTIVO Nº 01-2025 AO PROJETO DE LEI COMPLEMENTAR Nº 04 DE 03 DE DEZEMBRO DE 2025.)</t>
+  </si>
+  <si>
     <t>354</t>
   </si>
   <si>
     <t>PELO</t>
   </si>
   <si>
     <t>Projeto de Emenda Lei Orgânica</t>
   </si>
   <si>
     <t>Estabelece regras do Regime Próprio de Previdência Social do Município de Pedrinópolis com base nas alterações propostas pela Emenda à Constituição Federal nº 103, de 12 de novembro de 2019 e dá outras providências.</t>
+  </si>
+  <si>
+    <t>393</t>
+  </si>
+  <si>
+    <t>SUB</t>
+  </si>
+  <si>
+    <t>Substitutivo</t>
+  </si>
+  <si>
+    <t>http://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/393/projeto_de_lei_substitutivo_-_plano_plurianual_2026_a_2029_-_pedrinopolis_nova_estrutura_-_assinado.pdf</t>
+  </si>
+  <si>
+    <t>394</t>
+  </si>
+  <si>
+    <t>http://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/394/projeto_de_lei_substitutivo_-_lei_orcamentaria_-_2026_-_pedrinopolis_alterada_estrutura_assinado.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -858,68 +892,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/356/indicacao_001.2025_-_guarita_de_onibus_-_robson.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/359/indicacao_002.2025_-_instalacao_de_bueiros_na_rua_remi_honorato.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/360/indicacao_003.2025_-_instalacao_de_guaritas_em_pontos_estrategicos_da_cidade.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/361/indicacao_004.2025_-_instalacao_de_quebra-molas_na_rua_joao_lucio.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/377/indicacao_005.2025_-melhoria_pca_francisco_gomes_e_quebra-molas.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/378/indicacao_006.2025_-_sistema_gratuito_de_monitoramento_diabetes.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/384/indicacao_007.2025_-_alteracao_de_nome_de_cargos_monitora_escolar.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/369/projeto_de_decreto_legislativo_001.2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/370/projeto_de_decreto_legislativo_002.2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/381/projeto_de_decreto_legislativo_003.2025_-_arova_contas_da_prefeitura_municipal_de_2021.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/357/projeto_de_lei_complementar_001.2025_-_altera_cargos_servidores_da_camara.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/364/projeto_de_lei_complementar_002.2025_-_altera_lc_903_direitos_das_crianca_e_do_adolescente.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/374/projeto_de_lei_complementar_003.2025_-_politica_municipal_de_atendimento_aos_direitos_da_crianca_e_do_adolescente.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/388/projeto_de_lei_complementar_n._04_de_03_de_dezembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/389/projeto_de_lei_complementar_no_05_de_03_de_dezembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/390/projeto_de_lei_complementar_no_06_de_03_de_dezembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/391/projeto_de_lei_complementar_no_07_de_03_de_dezembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/352/projeto_de_lei_01_institui_o_fundo_municipal_de_saneamento_basico__fmsb_e_cria_o_conselho_gestor.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/353/projeto_de_lei_002.2025_-_colar_girassol_-_vereadores_robson_e_mateus.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/355/projeto_de_lei_003.2025_-_cria_cargos_e_atribuicoes.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/358/projeto_de_lei_004.2025_-_institui_o_programa_minha_casa_minha_vida_no_ambito_do_municipio_protocolado.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/363/projeto_de_lei_006.2025_-_altera_o_valor_do_vale_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/365/projeto_de_lei_007.2025_-_diretrizes_orcamentarias_2026_-_protocolado.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/366/projeto_de_lei_008.2025_-_denomina_unidade_basica_de_saude_ubs.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/368/projeto_de_lei_010.2025_-_intitui_calendario_oficial_projeto_aos_nossos_olhos.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/371/projeto_de_lei_011.2025_-_ratifica_mudancas_contrato_e_estatuto_cistrisul.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/372/projeto_de_lei_012.2025_-_criacao_da_ouvidoria_municipal.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/373/projeto_de_lei_013.2025_-_subvencao_social_a_entidade_religiosa_da_capela_dos_inacios.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/375/projeto_de_lei_014.2025_-_contratacao_por_tempo_determinado.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/376/projeto_de_lei_015.2025_-_institui_trabalho_remoto_e_hibrido.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/379/projeto_de_lei_016.2025_-_plano_plurianual_2026_a_2029_protocolado.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/380/projeto_de_lei__017.2025_-_lei_orcamentaria_-_2026.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/382/projeto_de_lei_018.2025_-_politica_municipal_de_habitacao_de_interesse_social_protocolado.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/383/projeto_de_lei_019.2025_-_institui_o_servico_de_protecao_social_a_adolescentes_em_cumprimento_de_medida_socioeducativa_protocolado.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/385/projeto_de_lei_020.2025_-_cria_conselho_municipal_de_esportes.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/386/projeto_de_lei_021.2025_-_disciplina_a_cessao_de_servidores_publicos_municipais.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrinopolis.mg.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/356/indicacao_001.2025_-_guarita_de_onibus_-_robson.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/359/indicacao_002.2025_-_instalacao_de_bueiros_na_rua_remi_honorato.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/360/indicacao_003.2025_-_instalacao_de_guaritas_em_pontos_estrategicos_da_cidade.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/361/indicacao_004.2025_-_instalacao_de_quebra-molas_na_rua_joao_lucio.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/377/indicacao_005.2025_-melhoria_pca_francisco_gomes_e_quebra-molas.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/378/indicacao_006.2025_-_sistema_gratuito_de_monitoramento_diabetes.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/384/indicacao_007.2025_-_alteracao_de_nome_de_cargos_monitora_escolar.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedrinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/369/projeto_de_decreto_legislativo_001.2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/370/projeto_de_decreto_legislativo_002.2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/381/projeto_de_decreto_legislativo_003.2025_-_arova_contas_da_prefeitura_municipal_de_2021.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/357/projeto_de_lei_complementar_001.2025_-_altera_cargos_servidores_da_camara.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/364/projeto_de_lei_complementar_002.2025_-_altera_lc_903_direitos_das_crianca_e_do_adolescente.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/374/projeto_de_lei_complementar_003.2025_-_politica_municipal_de_atendimento_aos_direitos_da_crianca_e_do_adolescente.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/388/projeto_de_lei_complementar_n._04_de_03_de_dezembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/389/projeto_de_lei_complementar_no_05_de_03_de_dezembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/390/projeto_de_lei_complementar_no_06_de_03_de_dezembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/391/projeto_de_lei_complementar_no_07_de_03_de_dezembro_de_2025.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/352/projeto_de_lei_01_institui_o_fundo_municipal_de_saneamento_basico__fmsb_e_cria_o_conselho_gestor.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/353/projeto_de_lei_002.2025_-_colar_girassol_-_vereadores_robson_e_mateus.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/355/projeto_de_lei_003.2025_-_cria_cargos_e_atribuicoes.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/358/projeto_de_lei_004.2025_-_institui_o_programa_minha_casa_minha_vida_no_ambito_do_municipio_protocolado.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedrinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/363/projeto_de_lei_006.2025_-_altera_o_valor_do_vale_alimentacao.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/365/projeto_de_lei_007.2025_-_diretrizes_orcamentarias_2026_-_protocolado.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/366/projeto_de_lei_008.2025_-_denomina_unidade_basica_de_saude_ubs.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedrinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/368/projeto_de_lei_010.2025_-_intitui_calendario_oficial_projeto_aos_nossos_olhos.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/371/projeto_de_lei_011.2025_-_ratifica_mudancas_contrato_e_estatuto_cistrisul.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/372/projeto_de_lei_012.2025_-_criacao_da_ouvidoria_municipal.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/373/projeto_de_lei_013.2025_-_subvencao_social_a_entidade_religiosa_da_capela_dos_inacios.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/375/projeto_de_lei_014.2025_-_contratacao_por_tempo_determinado.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/376/projeto_de_lei_015.2025_-_institui_trabalho_remoto_e_hibrido.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/379/projeto_de_lei_016.2025_-_plano_plurianual_2026_a_2029_protocolado.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/380/projeto_de_lei__017.2025_-_lei_orcamentaria_-_2026.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/382/projeto_de_lei_018.2025_-_politica_municipal_de_habitacao_de_interesse_social_protocolado.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/383/projeto_de_lei_019.2025_-_institui_o_servico_de_protecao_social_a_adolescentes_em_cumprimento_de_medida_socioeducativa_protocolado.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/385/projeto_de_lei_020.2025_-_cria_conselho_municipal_de_esportes.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/386/projeto_de_lei_021.2025_-_disciplina_a_cessao_de_servidores_publicos_municipais.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/392/projeto_de_lei_comp_substitutivo_no_01-2025_ao_projeto_de_no_04-2025_protocolado.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedrinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/393/projeto_de_lei_substitutivo_-_plano_plurianual_2026_a_2029_-_pedrinopolis_nova_estrutura_-_assinado.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/394/projeto_de_lei_substitutivo_-_lei_orcamentaria_-_2026_-_pedrinopolis_alterada_estrutura_assinado.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H41"/>
+  <dimension ref="A1:H44"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="36.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="206" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="205.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -1939,98 +1973,179 @@
       </c>
       <c r="H40" t="s">
         <v>162</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
         <v>163</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
         <v>10</v>
       </c>
       <c r="D41" t="s">
         <v>164</v>
       </c>
       <c r="E41" t="s">
         <v>165</v>
       </c>
       <c r="F41" t="s">
         <v>68</v>
       </c>
       <c r="G41" s="1" t="s">
+        <v>166</v>
+      </c>
+      <c r="H41" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="42" spans="1:8">
+      <c r="A42" t="s">
+        <v>168</v>
+      </c>
+      <c r="B42" t="s">
+        <v>9</v>
+      </c>
+      <c r="C42" t="s">
+        <v>10</v>
+      </c>
+      <c r="D42" t="s">
+        <v>169</v>
+      </c>
+      <c r="E42" t="s">
+        <v>170</v>
+      </c>
+      <c r="F42" t="s">
+        <v>68</v>
+      </c>
+      <c r="G42" s="1" t="s">
         <v>46</v>
       </c>
-      <c r="H41" t="s">
-        <v>166</v>
+      <c r="H42" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="43" spans="1:8">
+      <c r="A43" t="s">
+        <v>172</v>
+      </c>
+      <c r="B43" t="s">
+        <v>9</v>
+      </c>
+      <c r="C43" t="s">
+        <v>10</v>
+      </c>
+      <c r="D43" t="s">
+        <v>173</v>
+      </c>
+      <c r="E43" t="s">
+        <v>174</v>
+      </c>
+      <c r="F43" t="s">
+        <v>68</v>
+      </c>
+      <c r="G43" s="1" t="s">
+        <v>175</v>
+      </c>
+      <c r="H43" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="44" spans="1:8">
+      <c r="A44" t="s">
+        <v>176</v>
+      </c>
+      <c r="B44" t="s">
+        <v>9</v>
+      </c>
+      <c r="C44" t="s">
+        <v>17</v>
+      </c>
+      <c r="D44" t="s">
+        <v>173</v>
+      </c>
+      <c r="E44" t="s">
+        <v>174</v>
+      </c>
+      <c r="F44" t="s">
+        <v>68</v>
+      </c>
+      <c r="G44" s="1" t="s">
+        <v>177</v>
+      </c>
+      <c r="H44" t="s">
+        <v>146</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
     <hyperlink ref="G23" r:id="rId22"/>
     <hyperlink ref="G24" r:id="rId23"/>
     <hyperlink ref="G25" r:id="rId24"/>
     <hyperlink ref="G26" r:id="rId25"/>
     <hyperlink ref="G27" r:id="rId26"/>
     <hyperlink ref="G28" r:id="rId27"/>
     <hyperlink ref="G29" r:id="rId28"/>
     <hyperlink ref="G30" r:id="rId29"/>
     <hyperlink ref="G31" r:id="rId30"/>
     <hyperlink ref="G32" r:id="rId31"/>
     <hyperlink ref="G33" r:id="rId32"/>
     <hyperlink ref="G34" r:id="rId33"/>
     <hyperlink ref="G35" r:id="rId34"/>
     <hyperlink ref="G36" r:id="rId35"/>
     <hyperlink ref="G37" r:id="rId36"/>
     <hyperlink ref="G38" r:id="rId37"/>
     <hyperlink ref="G39" r:id="rId38"/>
     <hyperlink ref="G40" r:id="rId39"/>
     <hyperlink ref="G41" r:id="rId40"/>
+    <hyperlink ref="G42" r:id="rId41"/>
+    <hyperlink ref="G43" r:id="rId42"/>
+    <hyperlink ref="G44" r:id="rId43"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>