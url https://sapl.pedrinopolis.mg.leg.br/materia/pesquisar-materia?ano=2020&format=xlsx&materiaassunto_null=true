--- v0 (2026-02-04)
+++ v1 (2026-03-22)
@@ -54,51 +54,51 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>EM</t>
   </si>
   <si>
     <t>Emendas</t>
   </si>
   <si>
     <t>Comissão de Legislação, Justiça e Redação Final</t>
   </si>
   <si>
-    <t>https://sapl.pedrinopolis.mg.leg.br/media/</t>
+    <t>http://sapl.pedrinopolis.mg.leg.br/media/</t>
   </si>
   <si>
     <t>Altera a redação do Art. 1º do Projeto de Lei 001/2020.</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Laura</t>
   </si>
   <si>
     <t>Altera o dispositivo “art 91” constante do art. 1º do Projeto de Lei Complementar nº 004/2020</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
@@ -237,63 +237,63 @@
   <si>
     <t>201</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Institui o Sistema de Gestão Sustentável de Resíduos da Construção Civil, Demolição e Resíduos Volumosos e o Plano Municipal de Gerenciamento de Resíduos da Construção Civil e Demolição de Acordo com o previsto na Resolução Conama nº 307, de 05 de julho de 2002, e dá outras providêncais</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>Autoriza no âmbito municipal a suspensão dos pagamentos dos refinanciamentos de dívidas com o regime próprio de previdência social e a suspensão dos recolhimentos das contribuições previdenciárias patronais devidas mensalmente ao regime próprio de previdência, com vencimento entre 1º de maio de 2020 até 31 de dezembro de 2020 e dá outras providências.</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2020/203/projeto_de_lei_013.2020.pdf</t>
+    <t>http://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2020/203/projeto_de_lei_013.2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as Diretrizes para elaboração da Lei Orçamentária para o exercício de 2021, e dá outras providências.</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2020/204/projeto_de_lei_014.2020.pdf</t>
+    <t>http://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2020/204/projeto_de_lei_014.2020.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município de Pedrinópolis a associar ao Colegiado dos Gestores Municipais de Assistência Social de Minas Gerais - COGEMAS/MG e da outras Providências.</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>Dispõe sobre a terceira revisão do Plano Plurianual (PPA) para o Quadriênio de 2018/2021, constante da Lei nº 957 de 20 de dezembro de 2017</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>Estima a Receita e fixa a Despesa do Município de Pedrinópolis para o Exercício de 2021, na forma que especifica e dá outras providências</t>
   </si>
   <si>
     <t>209</t>
   </si>
@@ -306,51 +306,51 @@
   <si>
     <t>210</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a Abrir Crédito Especial para Acobertar Despesas com Recursos Previstos na Lei Federal Nº 14.017, de 29 de Junho de 2020 - Aldir Blanc.</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>Dispõe sobre autorização para abertura de crédito suplementar e anulação de dotações de um órgão para outro, e dá outras providências.</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2020/212/projeto_de_lei_020.2020.pdf</t>
+    <t>http://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2020/212/projeto_de_lei_020.2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre denominação de logradouros públicos do Residencial "Céu Azul"</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Fixa os subsídios dos Vereadores e do Presidente da Câmara Municipal de Pedrinópolis para a Legislatura 2021 a 2024 e dá outras providencias.</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
     <t>PS</t>
   </si>
   <si>
     <t>Projeto Substitutivo</t>
   </si>
@@ -681,68 +681,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2020/203/projeto_de_lei_013.2020.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2020/204/projeto_de_lei_014.2020.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2020/212/projeto_de_lei_020.2020.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.pedrinopolis.mg.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedrinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedrinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedrinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedrinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedrinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedrinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedrinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedrinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedrinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedrinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedrinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedrinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedrinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedrinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedrinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedrinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedrinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedrinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedrinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2020/203/projeto_de_lei_013.2020.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2020/204/projeto_de_lei_014.2020.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedrinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedrinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedrinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedrinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedrinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedrinopolis.mg.leg.br/media/sapl/public/materialegislativa/2020/212/projeto_de_lei_020.2020.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedrinopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.pedrinopolis.mg.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H30"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="43.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="101" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="100.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>